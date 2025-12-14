--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -531,522 +531,641 @@
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t>, 2025 to October 30</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">, 2025 draw </w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>only,</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> $10 for 5 numbers, $20 for 50 numbers, $50 for 150 numbers, $75 for 300 numbers, $100 for 700 numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F20C01B" w14:textId="5062EE1E" w:rsidR="00262085" w:rsidRPr="00DE7F38" w:rsidRDefault="004919EF" w:rsidP="00262085">
+    <w:p w14:paraId="5F20C01B" w14:textId="5062EE1E" w:rsidR="00262085" w:rsidRPr="001C2243" w:rsidRDefault="004919EF" w:rsidP="00262085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve">Draw #2: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>October</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00DE7F38">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidR="00B7265A" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B7265A" w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007E17E1" w:rsidRPr="001C2243">
         <w:t xml:space="preserve">November </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>27</w:t>
       </w:r>
-      <w:r w:rsidR="00D8551F" w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D8551F" w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> until 11:59 pm. Draw to take place on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>November 28</w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00DE7F38">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007E17E1" w:rsidRPr="001C2243">
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0066540D" w:rsidRPr="001C2243">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales.  This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E55E117" w14:textId="0C2C3BFF" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+    <w:p w14:paraId="7E55E117" w14:textId="0C2C3BFF" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Wednesday, November 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #1 Prize: (1 x $10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="180657B1" w14:textId="0477CB43" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+    <w:p w14:paraId="180657B1" w14:textId="0477CB43" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Thursday, November 6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #2-6 Prize(s) (5 x $5,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BD8D9B" w14:textId="7870CAA5" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+    <w:p w14:paraId="02BD8D9B" w14:textId="7870CAA5" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Friday, November 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #7 Prize: (1 x $25,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1B06DE" w14:textId="6F7AF919" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+    <w:p w14:paraId="1A1B06DE" w14:textId="6F7AF919" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Monday, November 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #8 Prize: (1 x $2,500)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BB31E7B" w14:textId="742D68A2" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+    <w:p w14:paraId="5BB31E7B" w14:textId="742D68A2" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Tuesday, November 11</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #9 Prize: (1 x $2,500)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D13F834" w14:textId="41A67F4E" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00C95248" w:rsidP="00C95248">
+    <w:p w14:paraId="0D13F834" w14:textId="41A67F4E" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00C95248" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Wednesday, November 12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #10 Prize: (1 x $2,500)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6EA72F" w14:textId="69A6BC79" w:rsidR="00C95248" w:rsidRPr="00DE7F38" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+    <w:p w14:paraId="2B6EA72F" w14:textId="69A6BC79" w:rsidR="00C95248" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Thursday, November 13</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #11 Prize: (1 x $2,500)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C994DB7" w14:textId="297BC019" w:rsidR="00DE7F38" w:rsidRPr="00DE7F38" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+    <w:p w14:paraId="3C994DB7" w14:textId="297BC019" w:rsidR="00DE7F38" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Friday, November 14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #12 Prize: (1 x $10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8229E0" w14:textId="27034BCC" w:rsidR="00DE7F38" w:rsidRPr="00DE7F38" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+    <w:p w14:paraId="2D8229E0" w14:textId="27034BCC" w:rsidR="00DE7F38" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Friday, November 21</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #13 Prize: (1 x $10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447FA268" w14:textId="468B5502" w:rsidR="00DE7F38" w:rsidRPr="00DE7F38" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
+    <w:p w14:paraId="447FA268" w14:textId="468B5502" w:rsidR="00DE7F38" w:rsidRPr="001C2243" w:rsidRDefault="00DE7F38" w:rsidP="00C95248">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C2243">
         <w:t>Wednesday, November 26</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DE7F38">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="001C2243">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C2243">
         <w:t>, Early Bird #14 Prize: (1 x $10,000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1218F773" w14:textId="02AED762" w:rsidR="00A94B0B" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="0066540D">
+    <w:p w14:paraId="5D4CAB94" w14:textId="456B36A0" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="004919EF" w:rsidP="001C2243">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve">Draw #3: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>November 28</w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="007E17E1" w:rsidRPr="00061A3C">
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>January 1st, 2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve"> until 11:59 pm. Draw to take place on </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>January 2nd</w:t>
       </w:r>
-      <w:r w:rsidR="007E17E1" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="007E17E1" w:rsidRPr="00061A3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
+      <w:r w:rsidR="0066540D" w:rsidRPr="00061A3C">
         <w:t>2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidRPr="00061A3C">
         <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales. This draw will have a guaranteed prize of $</w:t>
       </w:r>
-      <w:r w:rsidR="00304EA6" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t>2,500,</w:t>
+      </w:r>
+      <w:r w:rsidR="00304EA6" w:rsidRPr="00061A3C">
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
         <w:t>.  When Ticket Sales exceed $</w:t>
       </w:r>
-      <w:r w:rsidR="00304EA6" w:rsidRPr="00404E3A">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00404E3A">
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t>5,000,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
         <w:t>, the winning prize will be half of the sales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6831B7" w14:textId="5919DB3C" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Wednesday, December 3rd, Early Bird #1–5 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217666C1" w14:textId="51AC486F" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Thursday, December 4th, Early Bird #6–10 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20729F87" w14:textId="6804FE1F" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Friday, December 5th, Early Bird #11–15 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2295E82B" w14:textId="3DB83EB9" w:rsidR="00061A3C" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00061A3C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ay, December 6th, Early Bird #16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prize: (1 x $50,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EE2C64" w14:textId="0AAC2CBC" w:rsidR="00061A3C" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00061A3C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturday, December 6th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>, Early Bird #17-21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prize(s): (5 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFA93E2" w14:textId="362809F1" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturday, December 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00061A3C" w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>th, Early Bird #22-26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A04E051" w14:textId="5813C35D" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Friday, December 12th, Early Bird #27–31 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65069723" w14:textId="321B88D8" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Friday, December 19th, Early Bird #32–36 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E3CD88" w14:textId="51ABD8E6" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturday, December 27th, Early </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Bird #37 Prize: (1 x $25,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F5D097" w14:textId="4E97E56A" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Saturday, December 27th, Early Bird #38–42 Prize(s): (5 x $5,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A6974B" w14:textId="60A68CB6" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="001C2243" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tuesday, December 30th, Early Bird #43–52 Prize(s): (10 x $10,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9D9384" w14:textId="62EF8B61" w:rsidR="001C2243" w:rsidRPr="00061A3C" w:rsidRDefault="00AB3F12" w:rsidP="001C2243">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Tuesday, December 31</w:t>
+      </w:r>
+      <w:r w:rsidR="001C2243" w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>th, Early Bird #53 Prize: (1 x $100,000)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC30359" w14:textId="6979E219" w:rsidR="00AB3F12" w:rsidRPr="00061A3C" w:rsidRDefault="00061A3C" w:rsidP="00AB3F12">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t>November</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve"> 28th, 2025 to January 2nd, 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve"> draw </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>only,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3F12" w:rsidRPr="00061A3C">
+        <w:t xml:space="preserve"> $10 for 5 numbers, $20 for 30 numbers, $50 for 200 numbers, $100 for 500 numbers, $250 for 2000 numbers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="231DC158" w14:textId="07DCEF62" w:rsidR="00EA52F1" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="0066540D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">Draw #4: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
       <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
         <w:t>January 2nd, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="0066540D" w:rsidRPr="00404E3A">
         <w:t>January 29</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -1196,51 +1315,50 @@
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00641799" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> at 11:00 am. The winning pr</w:t>
       </w:r>
       <w:r w:rsidR="00C9665A" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">ize will be half of the sales. </w:t>
       </w:r>
       <w:r w:rsidR="00B7265A" w:rsidRPr="00404E3A">
         <w:t>This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000011" w14:textId="0B5434D7" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Draw #7: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
       <w:r w:rsidR="00641799" w:rsidRPr="00404E3A">
         <w:t>March 27</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00641799" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:t>April</w:t>
       </w:r>
       <w:r w:rsidR="00641799" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> 23</w:t>
       </w:r>
       <w:r w:rsidR="00641799" w:rsidRPr="00404E3A">
         <w:rPr>
@@ -1498,50 +1616,51 @@
       </w:r>
       <w:r w:rsidR="005521C8" w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00E46F45" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> at 11:00 am. The winning prize will be half of the sales. </w:t>
       </w:r>
       <w:r w:rsidR="00440F8B" w:rsidRPr="00404E3A">
         <w:t>This draw will have a guaranteed prize of $5000.  When Ticket Sales exceed $10,000, the winning prize will be half of the sales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD24790" w14:textId="578E259D" w:rsidR="006C514D" w:rsidRPr="00404E3A" w:rsidRDefault="005521C8" w:rsidP="00716889">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
+        <w:lastRenderedPageBreak/>
         <w:t>Draw #12</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">: Ticket Sales - Starting at 11:30 am on </w:t>
       </w:r>
       <w:r w:rsidR="00803BB6" w:rsidRPr="00404E3A">
         <w:t>August 28</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00803BB6" w:rsidRPr="00404E3A">
         <w:t>, 2026</w:t>
       </w:r>
       <w:r w:rsidR="00D8551F" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00803BB6" w:rsidRPr="00404E3A">
         <w:t>September 24</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
@@ -1629,51 +1748,50 @@
       <w:r w:rsidRPr="00404E3A">
         <w:t>Grant Thornton LLP in Ontario, Canada, including employees and contractors</w:t>
       </w:r>
       <w:r w:rsidR="00C974FF" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> (and any immediate family members or residents within the same household)</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">, are ineligible to purchase tickets or participate in any capacity within the Thunder Bay 50/50, and are not eligible to win prizes in any of the Thunder Bay 50/50’s draw(s). </w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This measure ensures the integrity and credibility of the draw process by preventing any conflict of interest. Violation of this rule will lead to disqualification, and purchased tickets will be considered void.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E775848" w14:textId="7B942513" w:rsidR="00FB194B" w:rsidRPr="00404E3A" w:rsidRDefault="00FB194B" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
-        <w:lastRenderedPageBreak/>
         <w:t>On occasion, the Thunder Bay 50/50 will utilize volunteers to assist with the processing of Thunder Bay 50/50 ticket sales at Thunder Bay Regional Health Sciences Foundation managed locations. These volunteers are eligible to play, win prize(s) and otherwise participate in the Thunder Bay 50/50, providing that their tickets are not purchased during their scheduled “shift” at the Thunder Bay Regional Health Sciences Foundation managed location(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B27C9F" w14:textId="114340AF" w:rsidR="00306E2D" w:rsidRPr="00404E3A" w:rsidRDefault="00306E2D" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">Any and all current staff members of </w:t>
       </w:r>
       <w:r w:rsidR="00763BCC" w:rsidRPr="00404E3A">
         <w:t>BUMP, a Division of Canada Banknote Company</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">, including employees and contractors, are ineligible to purchase tickets or participate in any capacity within the Thunder Bay 50/50, and are not eligible to win prizes in any of the Thunder Bay 50/50’s draw(s). </w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Violation of this rule will lead to disqualification, and purchased tickets will be considered void.</w:t>
@@ -1694,50 +1812,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>Members of the Thunder Bay Regional Health Sciences Centre's Senior Leadership council, including individuals holding positions such as Chief Executive Officer, Chief Operating Officer, Chief Financial Officer, Chief of Staff, Vice-Presidents and any other designated senior executive roles within the organization</w:t>
       </w:r>
       <w:r w:rsidR="00251BC7" w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> (and any immediate family members or residents within the same household)</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve"> are ineligible to purchase tickets, participate, or be eligible for prizes in any capacity within the Thunder Bay 50/50 draw(s). This exclusion aims to maintain the impartiality and fairness of the draw process by preventing any potential conflicts of interest. Violation of this prohibition will result in immediate disqualification, and any purchased tickets will be deemed void.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000018" w14:textId="3438D1EF" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
+        <w:lastRenderedPageBreak/>
         <w:t>One cash prize will be awarded for each draw, the winning ticket will be posted on the www.ThunderBay5050.ca website. If information about the winner is collected at the point of sale, the winner will be contacted directly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>The winning ticket holder has </w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6 months</w:t>
       </w:r>
       <w:r w:rsidRPr="00404E3A">
         <w:t> in which to claim their prize from the date of the draw their ticket was purchased for.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
@@ -1791,54 +1910,53 @@
           <w:t>info@ThunderBay5050.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00404E3A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t xml:space="preserve">We will notify all winners by telephone. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00404E3A">
         <w:t>Play responsibly: Set a limit and stick to it. If you are looking for help, please visit Problem Gambling Helpline or call 1-866-531-2600</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BA06FDE" w14:textId="370B0085" w:rsidR="00435007" w:rsidRPr="00404E3A" w:rsidRDefault="004919EF" w:rsidP="00404E3A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:t>Once the certified winner is verified, and provides identification with photo ID, they will be given a cheque in the amount of the declared prize, which is, at minimum, 50% of the total sales for that game. If the winner cannot provide photo ID, then the winning proceeds will be held until such identification can be provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C96B9D" w14:textId="6D3E571A" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
       <w:pPr>
@@ -1948,50 +2066,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If your credit card is declined, your raffle ticket purchase will not be processed, and you will be automatically unsubscribed from your raffle subscription. To re-subscribe, you will need to go through the subscription process once again and provide your updated credit card details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD9B418" w14:textId="71DEA7A7" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Your credit card on file will only be charged when the new monthly Raffle opens and is triggered by the Foundation. You will be charged once on the day that the monthly draw opens. Should you wish to purchase additional tickets, you can do so through the checkout process and make another purchase.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBCFD45" w14:textId="77777777" w:rsidR="00410AE3" w:rsidRPr="00404E3A" w:rsidRDefault="00410AE3" w:rsidP="00404E3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00404E3A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>You will have the option to pick the price point you wish to subscribe to, the quantity you wish to purchase, as well as the amount of different price points you wish to purchase.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA527FF" w14:textId="77777777" w:rsidR="003543D2" w:rsidRDefault="00410AE3" w:rsidP="003543D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -2046,54 +2165,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Example: If a winner of a $5,000 Early Bird prize is “Actively Subscribed”, the winner will receive $5,000 plus the $1,000 Subscription Bonus Prize, for a total of $6,000. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AFD6840" w14:textId="77777777" w:rsidR="003543D2" w:rsidRPr="003543D2" w:rsidRDefault="003543D2" w:rsidP="003543D2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003543D2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>“Actively Subscribed” means the individual holds a valid recurring ticket subscription with the Thunder Bay 50/50 at the time of the draw.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000022" w14:textId="4F5B33CF" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="00422CEC">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="00000022" w14:textId="4F5B33CF" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="00422CEC"/>
     <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00422CEC" w:rsidRPr="00404E3A" w:rsidRDefault="00422CEC"/>
     <w:sectPr w:rsidR="00422CEC" w:rsidRPr="00404E3A">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3003,95 +3119,98 @@
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="111"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00422CEC"/>
+    <w:rsid w:val="00061A3C"/>
     <w:rsid w:val="001541E2"/>
     <w:rsid w:val="001A0C27"/>
     <w:rsid w:val="001A4BAA"/>
+    <w:rsid w:val="001C2243"/>
     <w:rsid w:val="00251BC7"/>
     <w:rsid w:val="00262085"/>
     <w:rsid w:val="002D653C"/>
     <w:rsid w:val="00304EA6"/>
     <w:rsid w:val="0030638C"/>
     <w:rsid w:val="00306E2D"/>
     <w:rsid w:val="003175BD"/>
     <w:rsid w:val="003543D2"/>
     <w:rsid w:val="003B339D"/>
     <w:rsid w:val="003F5E45"/>
     <w:rsid w:val="00402CAF"/>
     <w:rsid w:val="00404E3A"/>
     <w:rsid w:val="00410AE3"/>
     <w:rsid w:val="00422CEC"/>
     <w:rsid w:val="00435007"/>
     <w:rsid w:val="00440F8B"/>
     <w:rsid w:val="00474AD0"/>
     <w:rsid w:val="004919EF"/>
     <w:rsid w:val="004A78B1"/>
     <w:rsid w:val="004F69A8"/>
     <w:rsid w:val="005521C8"/>
     <w:rsid w:val="00573CF6"/>
     <w:rsid w:val="005B02B8"/>
     <w:rsid w:val="005E08DC"/>
     <w:rsid w:val="00640BA2"/>
     <w:rsid w:val="00641799"/>
     <w:rsid w:val="0066540D"/>
     <w:rsid w:val="00675757"/>
     <w:rsid w:val="00695540"/>
     <w:rsid w:val="006A17DE"/>
     <w:rsid w:val="006C514D"/>
     <w:rsid w:val="006D478A"/>
     <w:rsid w:val="006F0297"/>
     <w:rsid w:val="00763BCC"/>
     <w:rsid w:val="007E17E1"/>
     <w:rsid w:val="00803BB6"/>
     <w:rsid w:val="00957D89"/>
     <w:rsid w:val="00990F05"/>
     <w:rsid w:val="00A2022C"/>
     <w:rsid w:val="00A30BF5"/>
     <w:rsid w:val="00A677B0"/>
     <w:rsid w:val="00A94B0B"/>
+    <w:rsid w:val="00AB3F12"/>
     <w:rsid w:val="00AC5A83"/>
     <w:rsid w:val="00AE07B1"/>
     <w:rsid w:val="00AF5786"/>
     <w:rsid w:val="00B7265A"/>
     <w:rsid w:val="00B845F1"/>
     <w:rsid w:val="00BD595C"/>
     <w:rsid w:val="00BF272B"/>
     <w:rsid w:val="00C1193D"/>
     <w:rsid w:val="00C729F9"/>
     <w:rsid w:val="00C7692A"/>
     <w:rsid w:val="00C95248"/>
     <w:rsid w:val="00C9665A"/>
     <w:rsid w:val="00C974FF"/>
     <w:rsid w:val="00CD5FAC"/>
     <w:rsid w:val="00CF353B"/>
     <w:rsid w:val="00D706A4"/>
     <w:rsid w:val="00D8551F"/>
     <w:rsid w:val="00DA31A0"/>
     <w:rsid w:val="00DE7F38"/>
     <w:rsid w:val="00E406D6"/>
     <w:rsid w:val="00E409E9"/>
     <w:rsid w:val="00E46F45"/>
     <w:rsid w:val="00E62412"/>
     <w:rsid w:val="00E953C8"/>
     <w:rsid w:val="00EA52F1"/>
@@ -3691,97 +3810,109 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D1DC9"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="000C753D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A1C30"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00410AE3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="259488521">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="792863229">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1187257638">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -4069,67 +4200,67 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mj0UtwNo1Gfl6RXDB2wt2hXXTSoQw==">CgMxLjAyCGguZ2pkZ3hzOAByITFLNVhEbDQwd1d0bWlQX3dRcUxXd2Exanc1MFRHb2Vfdw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11933</Characters>
+  <Pages>6</Pages>
+  <Words>2232</Words>
+  <Characters>12728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13999</CharactersWithSpaces>
+  <CharactersWithSpaces>14931</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pcadmin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>